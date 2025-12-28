--- v0 (2025-10-14)
+++ v1 (2025-12-28)
@@ -1,20315 +1,2606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="R0f52121ad5ee48ec" Type="http://schemas.microsoft.com/office/2007/relationships/ui/extensibility" Target="customUI/customUI145.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="PlainTable4"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2137"/>
+        <w:tblW w:w="15237" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A52E6F"/>
         <w:tblCellMar>
-          <w:left w:w="115" w:type="dxa"/>
-          <w:right w:w="115" w:type="dxa"/>
+          <w:top w:w="12" w:type="dxa"/>
+          <w:left w:w="12" w:type="dxa"/>
+          <w:bottom w:w="12" w:type="dxa"/>
+          <w:right w:w="12" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
-        <w:tblCaption w:val="Layout table"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12725"/>
-        <w:gridCol w:w="2673"/>
+        <w:gridCol w:w="4531"/>
+        <w:gridCol w:w="3262"/>
+        <w:gridCol w:w="3452"/>
+        <w:gridCol w:w="3992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB29B2" w:rsidRPr="00655931" w14:paraId="7BF845E0" w14:textId="77777777" w:rsidTr="007F2293">
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="28FE2777" w14:textId="77777777" w:rsidTr="00F158C3">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="234"/>
+          <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4132" w:type="pct"/>
+            <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A52E6F"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ADAB43F" w14:textId="07FEBDCD" w:rsidR="00EB29B2" w:rsidRPr="00655931" w:rsidRDefault="00052C7B">
-[...49 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+          <w:p w14:paraId="138EE938" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Day</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
+            <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A52E6F"/>
             <w:tcMar>
-              <w:right w:w="0" w:type="dxa"/>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3341BCE4" w14:textId="15E21053" w:rsidR="00EB29B2" w:rsidRPr="00655931" w:rsidRDefault="004D589B">
-[...62 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C95C12A" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Dates</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="868" w:type="pct"/>
+            <w:tcW w:w="3452" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:top w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="2" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A52E6F"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48204E76" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Time</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A52E6F"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E539207" w14:textId="77777777" w:rsidR="00EB29B2" w:rsidRPr="00655931" w:rsidRDefault="00EB29B2">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1A6ED56B" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FFFFFF"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Location</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="37AA8ACA" w14:textId="77777777" w:rsidTr="00D133E3">
+        <w:trPr>
+          <w:trHeight w:val="2398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="393CBF8C" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mondays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8D23FD" w14:textId="7626DF78" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="450" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monday 26</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>January, 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of February</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C967DA7" w14:textId="69EBAA35" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="450" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monday 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>nd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of March</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43AAA1B6" w14:textId="56BDA4EE" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00D133E3">
+            <w:pPr>
+              <w:spacing w:after="450" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Monday 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of April</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34ED3D1B" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10-12pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A527F71" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43A3E23A" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5992AC82" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E83059D" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1-3pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="319DDBF6" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42304DF4" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62CE374C" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="040AA62D" w14:textId="1EABCE9C" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10-12pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4117AF62" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Sinfin Family Hub</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35455572" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52A1764E" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36FE50C7" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71FDB001" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Beckett Family Hub</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E928013" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="511F6EB1" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C51E8E8" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2795C4C5" w14:textId="7E7EDD38" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Osmaston/Allenton Family Hub</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="4C3C0588" w14:textId="77777777" w:rsidTr="00F158C3">
+        <w:trPr>
+          <w:trHeight w:val="925"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="249B3D54" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tuesdays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E41EBB4" w14:textId="52F2D124" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tuesday 13</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5153E7CC" w14:textId="7BD13130" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>of January</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27AF3104" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="131B5551" w14:textId="059A7E09" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Tuesday 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of March</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEB3DB3" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10am till 12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3553AF5C" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EAFA798" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AA4BF3F" w14:textId="2599208C" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12.30-2.30pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68126A44" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Austin and Sunnyhill Children Centre</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="454E642A" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F45415C" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D499DEB" w14:textId="72CE9171" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Alvaston Children Centre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="66AC4CE3" w14:textId="77777777" w:rsidTr="00D133E3">
+        <w:trPr>
+          <w:trHeight w:val="748"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35ACFEFC" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Wednesdays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0F76B1" w14:textId="662EF4EE" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="0441FC34" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7EA14DB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>Wednesday 25</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3" w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>of February, 4</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3" w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 11</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3" w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r w:rsidR="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of March</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58493CF1" w14:textId="4DBEB8CE" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10-12pm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB3BED3" w14:textId="3D3B2B48" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Derwent Family Hub</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="22D19665" w14:textId="77777777" w:rsidTr="00F158C3">
+        <w:trPr>
+          <w:trHeight w:val="234"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0E8F0E" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Thursdays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE0BDE8" w14:textId="476CEC2E" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E2373D" w14:textId="33B32A07" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="456DDD5A" w14:textId="5BD1D765" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w14:paraId="272BB569" w14:textId="77777777" w:rsidTr="00D133E3">
+        <w:trPr>
+          <w:trHeight w:val="240"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55652206" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRPr="00DC5C6F" w:rsidRDefault="00DC5C6F" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5C6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Fridays</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="616F6964" w14:textId="0A2AFDDE" w:rsidR="00A16EC6" w:rsidRPr="00A16EC6" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Friday 9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>rd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>of January</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11162093" w14:textId="4CC6297C" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Friday 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>, 17</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and 24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of April</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3452" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A252482" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>12.30 to 14.30pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41CD5B7A" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73EDE441" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>10-12pm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18EC5A48" w14:textId="753F445F" w:rsidR="00A16EC6" w:rsidRPr="00DC5C6F" w:rsidRDefault="00A16EC6" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="A52E6F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="150" w:type="dxa"/>
+              <w:left w:w="225" w:type="dxa"/>
+              <w:bottom w:w="150" w:type="dxa"/>
+              <w:right w:w="225" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10420ADD" w14:textId="77777777" w:rsidR="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mackworth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Family Hub</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4480C0F5" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC3F05C" w14:textId="77777777" w:rsidR="00D133E3" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3E503C72" w14:textId="4AE8F521" w:rsidR="00D133E3" w:rsidRPr="00DC5C6F" w:rsidRDefault="00D133E3" w:rsidP="00F158C3">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D133E3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Mackworth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:eastAsia="en-GB"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Family Hub</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...18273 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:p w14:paraId="619FE529" w14:textId="77777777" w:rsidR="001237D1" w:rsidRDefault="001237D1"/>
+    <w:sectPr w:rsidR="001237D1" w:rsidSect="00DC5C6F">
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lucida Grande">
-    <w:altName w:val="Times New Roman"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...1637 lines deleted...]
-  <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="000A4F14"/>
-[...2 lines deleted...]
-    <w:rsid w:val="001F1CC4"/>
+    <w:rsidRoot w:val="00DC5C6F"/>
+    <w:rsid w:val="000D6F45"/>
+    <w:rsid w:val="001237D1"/>
+    <w:rsid w:val="00A16EC6"/>
+    <w:rsid w:val="00D133E3"/>
+    <w:rsid w:val="00D856F5"/>
+    <w:rsid w:val="00DC5C6F"/>
+    <w:rsid w:val="00F158C3"/>
+    <w:rsid w:val="033190A3"/>
+    <w:rsid w:val="0441FC34"/>
+    <w:rsid w:val="04D340C7"/>
+    <w:rsid w:val="0670D482"/>
+    <w:rsid w:val="0EE33E49"/>
+    <w:rsid w:val="10EC4DF8"/>
+    <w:rsid w:val="168FFE08"/>
+    <w:rsid w:val="17626C26"/>
+    <w:rsid w:val="270CCA88"/>
+    <w:rsid w:val="32DD4A3C"/>
+    <w:rsid w:val="38495ECF"/>
+    <w:rsid w:val="3B9C67AF"/>
+    <w:rsid w:val="3DC79F5F"/>
+    <w:rsid w:val="3ED3BFB6"/>
+    <w:rsid w:val="407E9EC8"/>
+    <w:rsid w:val="45AE322F"/>
+    <w:rsid w:val="47D81A5D"/>
+    <w:rsid w:val="4E55BB23"/>
+    <w:rsid w:val="52177B63"/>
+    <w:rsid w:val="555FA1A1"/>
+    <w:rsid w:val="59297688"/>
+    <w:rsid w:val="5D6F8C1F"/>
+    <w:rsid w:val="65E8EF2F"/>
+    <w:rsid w:val="6AD9870A"/>
+    <w:rsid w:val="6C8D043B"/>
+    <w:rsid w:val="727430FC"/>
+    <w:rsid w:val="7536D9BE"/>
+    <w:rsid w:val="775D488F"/>
+    <w:rsid w:val="79E7077D"/>
+    <w:rsid w:val="7D60A12C"/>
+    <w:rsid w:val="7DE49FC9"/>
+    <w:rsid w:val="7EA14DB1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="52E2F400"/>
   <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{733A24B6-0E07-4309-887A-9C860DC28A90}"/>
 </w:settings>
 </file>
 
-<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="24"/>
-[...1 lines deleted...]
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -20678,738 +2969,543 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="725950D601A74070979D7F0D49799BA5">
-[...264 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
-<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="339235657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sky">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Calendar">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="5590CC"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="F7F7F7"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="073779"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="8FD9FB"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="FFCC00"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="EB6615"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="C76402"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="B523B4"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="FFDE26"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="DEBE00"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Austin">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Century Gothic"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...5 lines deleted...]
-        <a:font script="Thai" typeface="DilleniaUPC"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
-        <a:font script="Viet" typeface="Tahoma"/>
+        <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-      </a:majorFont>
-[...33 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Sky">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
-        </a:solidFill>
-[...3 lines deleted...]
-          </a:schemeClr>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="30000"/>
-                <a:satMod val="130000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="14400000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="31750" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="63500" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:innerShdw blurRad="50800" dist="25400" dir="6600000">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="50000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
-            </a:innerShdw>
-            <a:reflection blurRad="12700" stA="26000" endPos="28000" dist="38100" dir="5400000" sy="-100000" rotWithShape="0"/>
+            </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="100000"/>
-[...1 lines deleted...]
-                <a:lumMod val="105000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-[...20 lines deleted...]
-                <a:satMod val="200000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...17 lines deleted...]
-</customUI>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-    <xsd:import namespace="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003E5B602C317E5C45857BA015CE61AEB3" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a0c3552b2adb65ef9c643d005d69aaa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a785ad58-1d57-4f8a-aa71-77170459bd0d" xmlns:ns3="5ad2d941-7dbc-40de-8773-33e8d202247e" xmlns:ns4="5dcebd90-1916-4c55-84f2-c043d4668317" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="48b22b1c878c55ed53dff06012aebc7d" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="a785ad58-1d57-4f8a-aa71-77170459bd0d"/>
+    <xsd:import namespace="5ad2d941-7dbc-40de-8773-33e8d202247e"/>
+    <xsd:import namespace="5dcebd90-1916-4c55-84f2-c043d4668317"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...10 lines deleted...]
-                <xsd:element ref="ns2:Status" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="9" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="10" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="12" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...34 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="16c05727-aa75-4e4a-9b5f-8a80a1165891" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a785ad58-1d57-4f8a-aa71-77170459bd0d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="_x0024_Resources_x003a_core_x002c_SharedWithFieldDisplayName_x003b_" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ad2d941-7dbc-40de-8773-33e8d202247e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2c8d5fda-b97d-42c6-97e2-f76465e161c0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="23" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5dcebd90-1916-4c55-84f2-c043d4668317" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ef94b65b-6793-4692-9706-64950fefcaf8}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="5dcebd90-1916-4c55-84f2-c043d4668317">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -21467,139 +3563,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Status xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5">Not started</Status>
-    <MediaServiceKeyPoints xmlns="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="5dcebd90-1916-4c55-84f2-c043d4668317" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="5ad2d941-7dbc-40de-8773-33e8d202247e">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B15D6E7-DA27-4F58-BCC6-178ED3C4C096}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B43400A-A681-44BC-B97A-DDD0AA4B730A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
-    <ds:schemaRef ds:uri="16c05727-aa75-4e4a-9b5f-8a80a1165891"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="a785ad58-1d57-4f8a-aa71-77170459bd0d"/>
+    <ds:schemaRef ds:uri="5ad2d941-7dbc-40de-8773-33e8d202247e"/>
+    <ds:schemaRef ds:uri="5dcebd90-1916-4c55-84f2-c043d4668317"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4CB09141-C610-4F2B-A2D9-8222AF2BE512}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{809569FC-CA03-42CE-BCB7-6B6369083066}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="71af3243-3dd4-4a8d-8c0d-dd76da1f02a5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="5dcebd90-1916-4c55-84f2-c043d4668317"/>
+    <ds:schemaRef ds:uri="5ad2d941-7dbc-40de-8773-33e8d202247e"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0F4CD72-84F1-404C-B7DF-C04F35212C6A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>{67F5FB05-6AF0-4220-8478-2FF23A3A6DA3}tf16382939_win32</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1076</Words>
-  <Characters>6138</Characters>
+  <Words>102</Words>
+  <Characters>586</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7200</CharactersWithSpaces>
+  <CharactersWithSpaces>687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>DAVIES, Jessica (DERBYSHIRE HEALTHCARE NHS FOUNDATION TRUST)</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010079F111ED35F8CC479449609E8A0923A6</vt:lpwstr>
+    <vt:lpwstr>0x0101003E5B602C317E5C45857BA015CE61AEB3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>